--- v0 (2025-10-17)
+++ v1 (2025-12-14)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79BEE803-7ED8-4C63-A940-C047F7BFFFB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0021A230-439D-4668-B810-B9CF123DD9D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="827" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Bank Rate Decisions" sheetId="1" r:id="rId1"/>
     <sheet name="Stock of govt. bond purchases" sheetId="8" r:id="rId2"/>
     <sheet name="Stock of corp. bond purchases" sheetId="9" r:id="rId3"/>
     <sheet name="Asset Purchase Decisions" sheetId="6" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -2128,64 +2128,64 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/january/mpc-january-2011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/august/mpc-august-2014" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-june-2016" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/december-2018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/march-2021" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/april/mpc-april-2009" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/june-2022" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/september-2023" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/november/mpc-november-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-september-2015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/july/mpc-july-2013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/september-2017" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/monetary-policy-summary-for-the-special-monetary-policy-committee-meeting-on-19-march-2020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/february/mpc-february-2010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/may/mpc-may-2008" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/february/mpc-february-2015" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/november/mpc-november-2012" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/august-2022" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/alan-taylor/biography" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/september/mpc-september-2014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-july-2016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/february-2019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/december/mpc-december-2010" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/march/mpc-march-2009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/may-2021" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/april/mpc-april-2008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/november-2023" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-october-2015" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/august/mpc-august-2013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/october/mpc-october-2011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/january/mpc-january-2010" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/november-2017" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/andrew-bailey/biography" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/october/mpc-october-2012" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/february/mpc-february-2009" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/september-2022" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/november-2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/march/mpc-march-2015" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/october/mpc-october-2014" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/november/mpc-november-2010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-august-2016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/march-2019" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/june-2021" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/december/mpc-december-2009" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/march/mpc-march-2008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/sarah-breeden/biography" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-november-2015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/may/mpc-may-2014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-march-2016" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/september/mpc-september-2011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/september/mpc-september-2013" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/may-2017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/december-2017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/march-2020" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/september/mpc-september-2012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/february/mpc-february-2012" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/october/mpc-october-2010" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/may/mpc-may-2010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/january/mpc-january-2009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/august/mpc-august-2008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/june-2023" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/august-2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/may/mpc-may-2015" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/december-2019" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/september-2021" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/november-2022" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/december-2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-january-2016" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/april/mpc-april-2013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/november/mpc-november-2014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-april-2016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-september-2016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/may-2019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/david-ramsden/biography" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/august/mpc-august-2011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/march/mpc-march-2011" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/november/mpc-november-2009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/june/mpc-june-2009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/march-2022" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/clare-lombardelli/biography" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/september-2018" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/december-2020" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/february/mpc-february-2008" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/december-2023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/june/mpc-june-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-december-2015" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/may/mpc-may-2013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/october/mpc-october-2013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/february-2018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/may-2020" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/june/mpc-june-2012" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/january/mpc-january-2012" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/april/mpc-april-2010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/july/mpc-july-2008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/megan-greene/biography" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/june/mpc-june-2015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/june-2017" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/january-2020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/april/mpc-april-2015" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/august/mpc-august-2012" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/september/mpc-september-2010" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/december/mpc-december-2008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/december-2022" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/february-2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/september-2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/january/mpc-january-2015" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/december/mpc-december-2014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-november-2016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/june-2019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/february/mpc-february-2011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/may/mpc-may-2009" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/may-2022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/july/mpc-july-2014" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-may-2016" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/november-2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/february-2021" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/swati-dhingra/biography" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/july/mpc-july-2011" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/october/mpc-october-2009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/january/mpc-january-2008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-report/2024/february-2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/august-2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/february/mpc-february-2014" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/november/mpc-november-2013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/march-2018" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/december/mpc-december-2011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/march/mpc-march-2010" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-august-2015" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/june/mpc-june-2013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/august-2017" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2020/March/boe-measures-to-respond-to-the-economic-shock-from-covid-19" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/june-2020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/december/mpc-december-2012" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/july/mpc-july-2012" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/may/mpc-may-2012" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/august/mpc-august-2010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/november/mpc-november-2008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/june/mpc-june-2008" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/february-2023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/august-2023" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/march-2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/january/mpc-january-2014" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/july/mpc-july-2015" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/september-2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/january/mpc-january-2013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-december-2016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/august-2019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/august-2021" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/june/mpc-june-2011" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/september/mpc-september-2009" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/november-2021" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/march-2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/march/mpc-march-2014" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/december/mpc-december-2013" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/may-2018" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/august-2020" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/april/mpc-april-2012" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/july/mpc-july-2010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/october/mpc-october-2008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/catherine-mann/biography" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/march-2023" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/may-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/february/mpc-february-2013" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/february-2017" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/september-2019" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/may/mpc-may-2011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/august/mpc-august-2009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/september-2020" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/december-2021" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/may-2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/april/mpc-april-2014" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-february-2016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/june-2018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/march/mpc-march-2012" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/june/mpc-june-2010" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/november-2019" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/huw-pill/biography" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/september/mpc-september-2008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/may-2023" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/june-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/monetary-policy-committee" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/march/mpc-march-2013" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/march-2017" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/april/mpc-april-2011" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/august-2018" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/november-2020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/july/mpc-july-2009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/february-2022" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/june-2024" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/january/mpc-january-2011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/august/mpc-august-2014" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-june-2016" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/december-2018" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/march-2021" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/april/mpc-april-2009" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/june-2022" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/september-2023" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/november/mpc-november-2011" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-september-2015" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/july/mpc-july-2013" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/september-2017" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/monetary-policy-summary-for-the-special-monetary-policy-committee-meeting-on-19-march-2020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/february/mpc-february-2010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/may/mpc-may-2008" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/february/mpc-february-2015" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/november/mpc-november-2012" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/august-2022" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/alan-taylor/biography" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/september/mpc-september-2014" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-july-2016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/february-2019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/december/mpc-december-2010" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/march/mpc-march-2009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/may-2021" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/april/mpc-april-2008" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/november-2023" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-october-2015" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/august/mpc-august-2013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/october/mpc-october-2011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/january/mpc-january-2010" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/november-2017" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/andrew-bailey/biography" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/october/mpc-october-2012" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/february/mpc-february-2009" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/september-2022" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/november-2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/march/mpc-march-2015" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/october/mpc-october-2014" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/november/mpc-november-2010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-august-2016" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/march-2019" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/june-2021" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/december/mpc-december-2009" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/march/mpc-march-2008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/sarah-breeden/biography" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-november-2015" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/may/mpc-may-2014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-march-2016" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/september/mpc-september-2011" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/september/mpc-september-2013" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/may-2017" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/december-2017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/march-2020" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/september/mpc-september-2012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/february/mpc-february-2012" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/october/mpc-october-2010" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/may/mpc-may-2010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/january/mpc-january-2009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/august/mpc-august-2008" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/june-2023" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/august-2025" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/may/mpc-may-2015" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/december-2019" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/september-2021" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/november-2022" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/december-2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-january-2016" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/april/mpc-april-2013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/november/mpc-november-2014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-april-2016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-september-2016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/may-2019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/david-ramsden/biography" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/august/mpc-august-2011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/march/mpc-march-2011" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/november/mpc-november-2009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/june/mpc-june-2009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/march-2022" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/clare-lombardelli/biography" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/september-2018" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/december-2020" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/february/mpc-february-2008" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/december-2023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/june/mpc-june-2014" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-december-2015" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/may/mpc-may-2013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/october/mpc-october-2013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/february-2018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/may-2020" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/june/mpc-june-2012" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/january/mpc-january-2012" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/april/mpc-april-2010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/july/mpc-july-2008" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/megan-greene/biography" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/june/mpc-june-2015" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/june-2017" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/january-2020" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/april/mpc-april-2015" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/august/mpc-august-2012" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/september/mpc-september-2010" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/december/mpc-december-2008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/december-2022" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/february-2025" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/september-2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/january/mpc-january-2015" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/december/mpc-december-2014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-november-2016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/june-2019" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/february/mpc-february-2011" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/may/mpc-may-2009" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/may-2022" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/july/mpc-july-2014" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-may-2016" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/november-2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/february-2021" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/swati-dhingra/biography" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/july/mpc-july-2011" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/october/mpc-october-2009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/january/mpc-january-2008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-report/2024/february-2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/august-2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/november-2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/february/mpc-february-2014" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/november/mpc-november-2013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/march-2018" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/december/mpc-december-2011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/march/mpc-march-2010" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2015/mpc-august-2015" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/june/mpc-june-2013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/august-2017" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2020/March/boe-measures-to-respond-to-the-economic-shock-from-covid-19" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/june-2020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/december/mpc-december-2012" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/july/mpc-july-2012" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/may/mpc-may-2012" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/august/mpc-august-2010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/november/mpc-november-2008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/june/mpc-june-2008" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/february-2023" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/august-2023" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/march-2025" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/january/mpc-january-2014" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2015/july/mpc-july-2015" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/september-2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/january/mpc-january-2013" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-december-2016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/august-2019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/august-2021" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/june/mpc-june-2011" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/september/mpc-september-2009" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/november-2021" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/march-2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/march/mpc-march-2014" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/december/mpc-december-2013" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/may-2018" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/august-2020" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/april/mpc-april-2012" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/july/mpc-july-2010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/october/mpc-october-2008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/catherine-mann/biography" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/march-2023" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/may-2025" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/february/mpc-february-2013" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/february-2017" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/september-2019" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/may/mpc-may-2011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/august/mpc-august-2009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/september-2020" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2021/december-2021" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/may-2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2014/april/mpc-april-2014" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2016/mpc-february-2016" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/june-2018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2012/march/mpc-march-2012" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2010/june/mpc-june-2010" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2019/november-2019" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/huw-pill/biography" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2008/september/mpc-september-2008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/may-2023" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/june-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/about/people/monetary-policy-committee" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2013/march/mpc-march-2013" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2017/march-2017" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2011/april/mpc-april-2011" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2018/august-2018" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2020/november-2020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/news/2009/july/mpc-july-2009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2022/february-2022" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/june-2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:GI3818"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane xSplit="3" ySplit="10" topLeftCell="D309" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="10" topLeftCell="D316" activePane="bottomRight" state="frozen"/>
       <selection activeCell="H1" sqref="H1:I1048576"/>
       <selection pane="topRight" activeCell="H1" sqref="H1:I1048576"/>
       <selection pane="bottomLeft" activeCell="H1" sqref="H1:I1048576"/>
-      <selection pane="bottomRight" activeCell="A318" sqref="A318"/>
+      <selection pane="bottomRight" activeCell="H321" sqref="H321"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="13.453125" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="1" customWidth="1"/>
     <col min="2" max="2" width="22" style="12" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.453125" style="5" customWidth="1"/>
     <col min="4" max="4" width="13.453125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="12" width="13.453125" style="46" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="10.54296875" style="13" customWidth="1"/>
     <col min="14" max="14" width="12.54296875" style="46" bestFit="1" customWidth="1"/>
     <col min="15" max="55" width="13.453125" style="46" bestFit="1" customWidth="1"/>
     <col min="56" max="16384" width="13.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:191" ht="10.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="I1" s="106"/>
       <c r="L1" s="107"/>
       <c r="M1" s="46"/>
       <c r="AH1" s="107"/>
     </row>
     <row r="2" spans="1:191" s="49" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="47"/>
       <c r="B2" s="47"/>
       <c r="C2" s="47"/>
@@ -2948,75 +2948,75 @@
         <v>10</v>
       </c>
       <c r="AZ6" s="6">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="BA6" s="6">
         <f t="shared" si="1"/>
         <v>3</v>
       </c>
       <c r="BB6" s="6">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="BC6" s="6">
         <f t="shared" si="1"/>
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:191" x14ac:dyDescent="0.3">
       <c r="B7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="6">
         <f t="shared" ref="D7:L7" si="2">SUMPRODUCT(--(D$12:D$489=$C$11:$C$488)*(D$12:D$489&lt;&gt;""))</f>
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="6">
         <f t="shared" si="2"/>
         <v>11</v>
       </c>
       <c r="F7" s="6">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="G7" s="6">
         <f t="shared" si="2"/>
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H7" s="6">
         <f t="shared" si="2"/>
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I7" s="6">
         <f t="shared" si="2"/>
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J7" s="6">
         <f t="shared" si="2"/>
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K7" s="6">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="L7" s="6">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="M7" s="55"/>
       <c r="N7" s="6">
         <f t="shared" ref="N7:BC7" si="3">SUMPRODUCT(--(N$12:N$489=$C$11:$C$488)*(N$12:N$489&lt;&gt;""))</f>
         <v>19</v>
       </c>
       <c r="O7" s="6">
         <f t="shared" si="3"/>
         <v>78</v>
       </c>
       <c r="P7" s="6">
         <f t="shared" si="3"/>
         <v>136</v>
       </c>
       <c r="Q7" s="6">
         <f t="shared" si="3"/>
         <v>26</v>
@@ -3162,79 +3162,79 @@
         <v>48</v>
       </c>
       <c r="BA7" s="6">
         <f t="shared" si="3"/>
         <v>18</v>
       </c>
       <c r="BB7" s="6">
         <f t="shared" si="3"/>
         <v>8</v>
       </c>
       <c r="BC7" s="6">
         <f t="shared" si="3"/>
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:191" x14ac:dyDescent="0.3">
       <c r="B8" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="6">
         <f t="shared" ref="D8:L8" si="4">SUMPRODUCT(--(D$12:D$489&lt;$C$11:$C$488)*(D$12:D$489&lt;&gt;""))+COUNTIF(D$12:D$489,"Decrease")</f>
         <v>6</v>
       </c>
       <c r="E8" s="6">
         <f t="shared" si="4"/>
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F8" s="6">
         <f t="shared" si="4"/>
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G8" s="6">
         <f t="shared" si="4"/>
         <v>3</v>
       </c>
       <c r="H8" s="6">
         <f t="shared" si="4"/>
         <v>4</v>
       </c>
       <c r="I8" s="6">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="J8" s="6">
         <f t="shared" si="4"/>
         <v>2</v>
       </c>
       <c r="K8" s="6">
         <f t="shared" si="4"/>
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L8" s="6">
         <f t="shared" si="4"/>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="M8" s="55"/>
       <c r="N8" s="6">
         <f t="shared" ref="N8:BC8" si="5">SUMPRODUCT(--(N$12:N$489&lt;$C$11:$C$488)*(N$12:N$489&lt;&gt;""))+COUNTIF(N$12:N$489,"Decrease")</f>
         <v>18</v>
       </c>
       <c r="O8" s="6">
         <f t="shared" si="5"/>
         <v>20</v>
       </c>
       <c r="P8" s="6">
         <f t="shared" si="5"/>
         <v>22</v>
       </c>
       <c r="Q8" s="6">
         <f t="shared" si="5"/>
         <v>6</v>
       </c>
       <c r="R8" s="6">
         <f t="shared" si="5"/>
         <v>8</v>
       </c>
       <c r="S8" s="6">
         <f t="shared" si="5"/>
         <v>19</v>
@@ -3368,83 +3368,83 @@
         <v>7</v>
       </c>
       <c r="AZ8" s="6">
         <f t="shared" si="5"/>
         <v>4</v>
       </c>
       <c r="BA8" s="6">
         <f t="shared" si="5"/>
         <v>16</v>
       </c>
       <c r="BB8" s="6">
         <f t="shared" si="5"/>
         <v>2</v>
       </c>
       <c r="BC8" s="6">
         <f t="shared" si="5"/>
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:191" x14ac:dyDescent="0.3">
       <c r="B9" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="6">
         <f t="shared" ref="D9:L9" si="6">COUNTA(D11:D489)</f>
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E9" s="6">
         <f t="shared" si="6"/>
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F9" s="6">
         <f t="shared" si="6"/>
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G9" s="6">
         <f t="shared" si="6"/>
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H9" s="6">
         <f t="shared" si="6"/>
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I9" s="6">
         <f t="shared" si="6"/>
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="J9" s="6">
         <f t="shared" si="6"/>
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K9" s="6">
         <f t="shared" si="6"/>
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L9" s="6">
         <f t="shared" si="6"/>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M9" s="55"/>
       <c r="N9" s="6">
         <f t="shared" ref="N9:BC9" si="7">COUNTA(N11:N489)</f>
         <v>37</v>
       </c>
       <c r="O9" s="6">
         <f t="shared" si="7"/>
         <v>109</v>
       </c>
       <c r="P9" s="6">
         <f t="shared" si="7"/>
         <v>166</v>
       </c>
       <c r="Q9" s="6">
         <f t="shared" si="7"/>
         <v>36</v>
       </c>
       <c r="R9" s="6">
         <f t="shared" si="7"/>
         <v>36</v>
       </c>
       <c r="S9" s="6">
         <f t="shared" si="7"/>
         <v>36</v>
@@ -15206,52 +15206,83 @@
       </c>
       <c r="F318" s="46">
         <v>3.7499999999999999E-2</v>
       </c>
       <c r="G318" s="46">
         <v>0.04</v>
       </c>
       <c r="H318" s="46">
         <v>0.04</v>
       </c>
       <c r="I318" s="46">
         <v>0.04</v>
       </c>
       <c r="J318" s="46">
         <v>0.04</v>
       </c>
       <c r="K318" s="46">
         <v>0.04</v>
       </c>
       <c r="L318" s="46">
         <v>3.7499999999999999E-2</v>
       </c>
       <c r="M318" s="55"/>
     </row>
     <row r="319" spans="1:34" x14ac:dyDescent="0.3">
-      <c r="C319" s="64"/>
-      <c r="D319" s="46"/>
+      <c r="B319" s="99">
+        <v>45966</v>
+      </c>
+      <c r="C319" s="64">
+        <v>0.04</v>
+      </c>
+      <c r="D319" s="46">
+        <v>0.04</v>
+      </c>
+      <c r="E319" s="46">
+        <v>3.7499999999999999E-2</v>
+      </c>
+      <c r="F319" s="46">
+        <v>3.7499999999999999E-2</v>
+      </c>
+      <c r="G319" s="46">
+        <v>0.04</v>
+      </c>
+      <c r="H319" s="46">
+        <v>0.04</v>
+      </c>
+      <c r="I319" s="46">
+        <v>0.04</v>
+      </c>
+      <c r="J319" s="46">
+        <v>0.04</v>
+      </c>
+      <c r="K319" s="46">
+        <v>3.7499999999999999E-2</v>
+      </c>
+      <c r="L319" s="46">
+        <v>3.7499999999999999E-2</v>
+      </c>
       <c r="M319" s="55"/>
     </row>
     <row r="320" spans="1:34" x14ac:dyDescent="0.3">
       <c r="C320" s="64"/>
       <c r="D320" s="46"/>
       <c r="M320" s="55"/>
     </row>
     <row r="321" spans="3:13" x14ac:dyDescent="0.3">
       <c r="C321" s="64"/>
       <c r="D321" s="46"/>
       <c r="M321" s="55"/>
     </row>
     <row r="322" spans="3:13" x14ac:dyDescent="0.3">
       <c r="C322" s="64"/>
       <c r="D322" s="46"/>
       <c r="M322" s="55"/>
     </row>
     <row r="323" spans="3:13" x14ac:dyDescent="0.3">
       <c r="C323" s="64"/>
       <c r="D323" s="46"/>
       <c r="M323" s="55"/>
     </row>
     <row r="324" spans="3:13" x14ac:dyDescent="0.3">
       <c r="C324" s="64"/>
       <c r="D324" s="46"/>
@@ -26274,65 +26305,66 @@
     <hyperlink ref="B298" r:id="rId165" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/march-2023" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
     <hyperlink ref="B299" r:id="rId166" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/may-2023" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
     <hyperlink ref="B300" r:id="rId167" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/june-2023" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
     <hyperlink ref="G4" r:id="rId168" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
     <hyperlink ref="B301" r:id="rId169" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/august-2023" xr:uid="{00000000-0004-0000-0000-0000AA000000}"/>
     <hyperlink ref="B302" r:id="rId170" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/september-2023" xr:uid="{00000000-0004-0000-0000-0000AB000000}"/>
     <hyperlink ref="B303" r:id="rId171" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/november-2023" xr:uid="{00000000-0004-0000-0000-0000AC000000}"/>
     <hyperlink ref="E4" r:id="rId172" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
     <hyperlink ref="B304" r:id="rId173" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2023/december-2023" xr:uid="{D08A20D3-A1C9-4BE1-9D5F-4D607C6E4E8E}"/>
     <hyperlink ref="B305" r:id="rId174" display="https://www.bankofengland.co.uk/monetary-policy-report/2024/february-2024" xr:uid="{57F366AC-E785-44FB-BEDB-0B31AAEF3E50}"/>
     <hyperlink ref="B306" r:id="rId175" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/march-2024" xr:uid="{144B54E0-2B4D-43C6-8362-5E572594EEC6}"/>
     <hyperlink ref="B307" r:id="rId176" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/may-2024" xr:uid="{3EC264AF-85ED-45FD-8C83-8DBEF6EE3256}"/>
     <hyperlink ref="B308" r:id="rId177" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/june-2024" xr:uid="{F8FA98C6-E18C-4D23-88A5-157A141147B4}"/>
     <hyperlink ref="H4" r:id="rId178" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="B309" r:id="rId179" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/august-2024" xr:uid="{9E3B5781-A53A-4BF5-A809-54FB0D40B9E5}"/>
     <hyperlink ref="B310" r:id="rId180" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/september-2024" xr:uid="{7A208149-F531-4B61-BD4D-BE938A979D16}"/>
     <hyperlink ref="L4" r:id="rId181" xr:uid="{65DFF27C-CFA2-48AA-82F8-736F300465EC}"/>
     <hyperlink ref="B311" r:id="rId182" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/november-2024" xr:uid="{AF82A356-4D7F-4F9F-88C5-A1C70154EB86}"/>
     <hyperlink ref="B312" r:id="rId183" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2024/december-2024" xr:uid="{70F00D69-781C-4FB8-B561-6D46427A4FEF}"/>
     <hyperlink ref="B313" r:id="rId184" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/february-2025" xr:uid="{EA8179CC-0DB0-467A-A655-2C46990C268A}"/>
     <hyperlink ref="B314" r:id="rId185" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/march-2025" xr:uid="{201C7273-7FFB-44CE-AEDF-DF67C0ADD432}"/>
     <hyperlink ref="B315" r:id="rId186" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/may-2025" xr:uid="{31854535-3EF5-4C59-9E03-1CE8944F4E4D}"/>
     <hyperlink ref="B316" r:id="rId187" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/june-2025" xr:uid="{0B2FF996-1F94-41AD-B1BD-08B74AA0579D}"/>
     <hyperlink ref="B317" r:id="rId188" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/august-2025" xr:uid="{9F03D93B-F163-4C02-BD07-1C714FD303A9}"/>
     <hyperlink ref="B318" r:id="rId189" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/september-2025" xr:uid="{EDF76368-E22D-414C-A262-FA102772E533}"/>
+    <hyperlink ref="B319" r:id="rId190" display="https://www.bankofengland.co.uk/monetary-policy-summary-and-minutes/2025/november-2025" xr:uid="{24D6E455-8E3C-42E8-AFA2-9D3749882660}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId190"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId191"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="0" tint="-0.34998626667073579"/>
   </sheetPr>
   <dimension ref="A1:Z1410"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A51" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="5" topLeftCell="A52" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="I2" sqref="I2"/>
       <selection pane="bottomLeft" activeCell="B52" sqref="B52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4.54296875" style="14" customWidth="1"/>
     <col min="2" max="2" width="17.54296875" style="14" customWidth="1"/>
     <col min="3" max="3" width="10.453125" style="14" customWidth="1"/>
     <col min="4" max="12" width="13.453125" style="14" customWidth="1"/>
     <col min="13" max="13" width="9.54296875" style="44" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.453125" style="14" customWidth="1"/>
     <col min="15" max="15" width="12.453125" style="14" customWidth="1"/>
     <col min="16" max="16" width="13.453125" style="14" customWidth="1"/>
     <col min="17" max="18" width="12.453125" style="14" customWidth="1"/>
     <col min="19" max="19" width="13.453125" style="14" customWidth="1"/>
     <col min="20" max="21" width="12.453125" style="14" customWidth="1"/>
     <col min="22" max="22" width="13.453125" style="14" customWidth="1"/>
     <col min="23" max="23" width="12.453125" style="14" customWidth="1"/>
     <col min="24" max="24" width="13.453125" style="14" customWidth="1"/>
     <col min="25" max="26" width="12.453125" style="14" customWidth="1"/>
     <col min="27" max="16384" width="9.453125" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="10.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">